--- v0 (2025-10-05)
+++ v1 (2026-01-07)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C29A340" w14:textId="76B17815" w:rsidR="007706FB" w:rsidRDefault="007706FB" w:rsidP="007706FB">
+    <w:p w14:paraId="2C29A340" w14:textId="76B17815" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6823CFEF" w14:textId="129C0062" w:rsidR="00271D37" w:rsidRDefault="00271D37" w:rsidP="007706FB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05C77D02" wp14:editId="51135B31">
                 <wp:extent cx="5886450" cy="523875"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:docPr id="1" name="角丸四角形 1"/>
                 <wp:cNvGraphicFramePr/>
@@ -179,101 +179,101 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>法人</w:t>
       </w:r>
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>・個人）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C647EC7" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（西暦）　　　　　　年　　　月　　　日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466087C9" w14:textId="0F0863C4" w:rsidR="007706FB" w:rsidRDefault="007706FB" w:rsidP="007706FB">
+    <w:p w14:paraId="466087C9" w14:textId="26CA6D9A" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">化学防護手袋研究会　</w:t>
       </w:r>
-      <w:r w:rsidR="004A12A4">
+      <w:r w:rsidR="002C3976">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>御中</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00460EA7" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB"/>
     <w:p w14:paraId="1AACCDF9" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>貴研究会の趣旨に賛同し、入会を申し込みます。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726690DD" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>入会後は、化学防護手袋研究会の規約を遵守いたします。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63D05A76" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB"/>
     <w:p w14:paraId="4B2B4DBD" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>◆入会者</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ab"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1667"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2370"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3982"/>
+        <w:gridCol w:w="1648"/>
+        <w:gridCol w:w="2348"/>
       </w:tblGrid>
       <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="7D5E7B26" w14:textId="77777777" w:rsidTr="00530721">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57522293" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="00DB1832" w:rsidRDefault="007706FB" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB1832">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
@@ -403,253 +403,291 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A0F516B" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78B33D93" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44B1673B" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>◆所属先情報</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ab"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1664"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3220"/>
+        <w:gridCol w:w="1059"/>
+        <w:gridCol w:w="5740"/>
+        <w:gridCol w:w="2829"/>
+        <w:gridCol w:w="6"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A4657C" w:rsidRPr="0087278B" w14:paraId="3CEF2924" w14:textId="77777777" w:rsidTr="00A4657C">
+      <w:tr w:rsidR="0038120B" w:rsidRPr="0087278B" w14:paraId="3CEF2924" w14:textId="77777777" w:rsidTr="0038120B">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="64D22915" w14:textId="77777777" w:rsidR="00A4657C" w:rsidRPr="00DB1832" w:rsidRDefault="00A4657C" w:rsidP="00530721">
+            <w:tcW w:w="1059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D22915" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="00DB1832" w:rsidRDefault="0038120B" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk104284645"/>
             <w:r w:rsidRPr="00DB1832">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="7C405C9D" w14:textId="2E697897" w:rsidR="00A4657C" w:rsidRDefault="00A4657C" w:rsidP="00A4657C">
+            <w:tcW w:w="5740" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D416F9E" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7F04FC" w14:textId="7532DA50" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>日化協　・化成協</w:t>
+            </w:r>
+            <w:r w:rsidR="00A91965">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>加盟の有無</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0038120B" w:rsidRPr="0087278B" w14:paraId="6A8B057E" w14:textId="77777777" w:rsidTr="0038120B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="6" w:type="dxa"/>
+          <w:trHeight w:val="630"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0A0BA4" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-          <w:p w14:paraId="6D7F04FC" w14:textId="047C776E" w:rsidR="00A4657C" w:rsidRPr="0087278B" w:rsidRDefault="00A4657C" w:rsidP="00A4657C">
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>法人名</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="226D69F2" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="00E83EA6" w:rsidRDefault="0038120B" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>個人会員の場合は記入不要</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5740" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFD503E" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2829" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA2F63F" w14:textId="77777777" w:rsidR="0038120B" w:rsidRDefault="0038120B" w:rsidP="00530721">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　日化協　　　　化成協</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A863ACF" w14:textId="407C2FE1" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00A91965">
+            <w:pPr>
+              <w:ind w:firstLineChars="300" w:firstLine="482"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>該当あれば</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>〇印）</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A4657C" w:rsidRPr="0087278B" w14:paraId="6A8B057E" w14:textId="77777777" w:rsidTr="00A4657C">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="0038120B" w:rsidRPr="0087278B" w14:paraId="1ED3484E" w14:textId="77777777" w:rsidTr="002A32E7">
         <w:trPr>
-          <w:trHeight w:val="630"/>
+          <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1664" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E0A0BA4" w14:textId="77777777" w:rsidR="00A4657C" w:rsidRPr="0087278B" w:rsidRDefault="00A4657C" w:rsidP="00530721">
+            <w:tcW w:w="1059" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="725E9AFF" w14:textId="77777777" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0087278B">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>法人名</w:t>
-[...48 lines deleted...]
-          <w:p w14:paraId="5A863ACF" w14:textId="20EC5D0D" w:rsidR="00A4657C" w:rsidRPr="0087278B" w:rsidRDefault="00A4657C" w:rsidP="00530721">
+              <w:t>所在地</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8575" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BA6DFE" w14:textId="125B12F4" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721">
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>〒</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
-              <w:t>一般　　　化成協　　　日化協</w:t>
-[...37 lines deleted...]
-              <w:t>〒</w:t>
+              <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A898957" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>◆連絡窓口</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ab"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1663"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3220"/>
+        <w:gridCol w:w="1646"/>
+        <w:gridCol w:w="3114"/>
+        <w:gridCol w:w="1687"/>
+        <w:gridCol w:w="3181"/>
       </w:tblGrid>
       <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="2FB11FF9" w14:textId="77777777" w:rsidTr="00530721">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1663" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7966A080" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="00DB1832" w:rsidRDefault="007706FB" w:rsidP="00530721">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB1832">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
@@ -833,542 +871,531 @@
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E83EA6">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>※必須項目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45475012" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="799CC6A6" w14:textId="77777777" w:rsidR="007706FB" w:rsidRDefault="007706FB" w:rsidP="007706FB">
+    <w:p w14:paraId="0082A16E" w14:textId="77777777" w:rsidR="00963FFC" w:rsidRDefault="007706FB" w:rsidP="00963FFC">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLineChars="800" w:firstLine="1606"/>
       </w:pPr>
       <w:r w:rsidRPr="00E83EA6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>※メールアドレスが会員専用</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83EA6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>HP</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83EA6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>のログイン</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83EA6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ID</w:t>
       </w:r>
       <w:r w:rsidRPr="00E83EA6">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>となります。</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="799CC6A6" w14:textId="3BB64734" w:rsidR="007706FB" w:rsidRDefault="00963FFC" w:rsidP="00963FFC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　法人会員登録で複数人でご利用の際は共有アドレスでのご登録をお勧め致します。</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0E7DC5D2" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="00E83EA6" w:rsidRDefault="007706FB" w:rsidP="007706FB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ab"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9736"/>
+        <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="56CAEE3B" w14:textId="77777777" w:rsidTr="00530721">
+      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="326F03EE" w14:textId="77777777" w:rsidTr="0038120B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9736" w:type="dxa"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="24CFE683" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="00D2769D" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AD9901" w14:textId="77777777" w:rsidR="007706FB" w:rsidRDefault="007706FB" w:rsidP="00530721">
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>入会希望日：　（西暦）　　　　　　年　　　月　　　日</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42222194" w14:textId="06FF5C77" w:rsidR="0038120B" w:rsidRPr="0038120B" w:rsidRDefault="0038120B" w:rsidP="00530721">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>（当研究会は４月～３月が年度会費となります）</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="326F03EE" w14:textId="77777777" w:rsidTr="00530721">
+      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="000398CF" w14:textId="77777777" w:rsidTr="0038120B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9736" w:type="dxa"/>
-[...6 lines deleted...]
-              <w:t>入会希望日：　（西暦）　　　　　　年　　　月　　　日</w:t>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F6A124" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721">
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>会員の種類：</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>法人</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">正会員（年会費　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>20,000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>円）</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>法人</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">賛助会員（年会費　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>20,000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>円）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="773942B4" w14:textId="77777777" w:rsidR="007706FB" w:rsidRDefault="007706FB" w:rsidP="00530721">
+            <w:r w:rsidRPr="00E83EA6">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>（いずれかに〇印）</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">個人正会員（年会費　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5,000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>円）</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">個人賛助会員（年会費　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5,000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087278B">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>円）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B90E08E" w14:textId="6AC0F850" w:rsidR="0038120B" w:rsidRPr="0087278B" w:rsidRDefault="0038120B" w:rsidP="00530721">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>（当研究会は４月～３月が年度会費となります）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="000398CF" w14:textId="77777777" w:rsidTr="00530721">
+      <w:tr w:rsidR="0082246F" w:rsidRPr="0087278B" w14:paraId="4AB21750" w14:textId="77777777" w:rsidTr="0038120B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9736" w:type="dxa"/>
-[...7 lines deleted...]
-            </w:r>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBAC6FC" w14:textId="77777777" w:rsidR="0082246F" w:rsidRDefault="0082246F" w:rsidP="00530721">
             <w:r>
-              <w:tab/>
-[...103 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">当会を知ったきっかけ：　</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47E22BAB" w14:textId="7E2C94E3" w:rsidR="0082246F" w:rsidRPr="0087278B" w:rsidRDefault="0082246F" w:rsidP="00530721">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="41C8F728" w14:textId="77777777" w:rsidTr="00530721">
+      <w:tr w:rsidR="007706FB" w:rsidRPr="0087278B" w14:paraId="41C8F728" w14:textId="77777777" w:rsidTr="0038120B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9736" w:type="dxa"/>
+            <w:tcW w:w="9628" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2509DBFF" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721">
             <w:r w:rsidRPr="0087278B">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>備考：</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06499238" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
           <w:p w14:paraId="4F7B21B5" w14:textId="77777777" w:rsidR="007706FB" w:rsidRPr="0087278B" w:rsidRDefault="007706FB" w:rsidP="00530721"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74209F58" w14:textId="64ED9A68" w:rsidR="00F853D5" w:rsidRDefault="007706FB">
+    <w:p w14:paraId="2797BCCC" w14:textId="4B28B7D1" w:rsidR="008009CE" w:rsidRDefault="007706FB">
       <w:r w:rsidRPr="0087278B">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>入会申込書を受領後、事務局よりメールにて会費等のご案内をさせていただきます。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F618415" w14:textId="77777777" w:rsidR="00463889" w:rsidRDefault="00463889"/>
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="00463889" w:rsidSect="007E03AD">
+    <w:p w14:paraId="74209F58" w14:textId="3C8DA8B7" w:rsidR="00F853D5" w:rsidRDefault="00F853D5"/>
+    <w:sectPr w:rsidR="00F853D5" w:rsidSect="00271D37">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="-39" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
-      <w:docGrid w:type="linesAndChars" w:linePitch="299" w:charSpace="-3934"/>
+      <w:docGrid w:type="linesAndChars" w:linePitch="290" w:charSpace="-3934"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="308B1B63" w14:textId="77777777" w:rsidR="00675316" w:rsidRDefault="00675316" w:rsidP="00675316">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="40F0DA37" w14:textId="77777777" w:rsidR="00675316" w:rsidRDefault="00675316" w:rsidP="00675316">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BIZ UDP明朝 Medium">
+    <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐ明朝">
     <w:panose1 w:val="02020600040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="20D66314" w14:textId="77777777" w:rsidR="00675316" w:rsidRDefault="00675316" w:rsidP="00675316">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="411A2A90" w14:textId="77777777" w:rsidR="00675316" w:rsidRDefault="00675316" w:rsidP="00675316">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="201"/>
-  <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="8193">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007706FB"/>
     <w:rsid w:val="000F7820"/>
     <w:rsid w:val="00271D37"/>
+    <w:rsid w:val="002C3976"/>
+    <w:rsid w:val="0038120B"/>
     <w:rsid w:val="00402A29"/>
-    <w:rsid w:val="00463889"/>
-    <w:rsid w:val="004A12A4"/>
     <w:rsid w:val="005A7949"/>
     <w:rsid w:val="00675316"/>
-    <w:rsid w:val="006845CC"/>
+    <w:rsid w:val="006A118D"/>
     <w:rsid w:val="006D2733"/>
     <w:rsid w:val="007706FB"/>
-    <w:rsid w:val="007E03AD"/>
     <w:rsid w:val="008009CE"/>
+    <w:rsid w:val="0082246F"/>
+    <w:rsid w:val="00963FFC"/>
     <w:rsid w:val="00991CEC"/>
-    <w:rsid w:val="009E6CBB"/>
-    <w:rsid w:val="00A4657C"/>
+    <w:rsid w:val="00A91965"/>
     <w:rsid w:val="00B327BD"/>
-    <w:rsid w:val="00B3792D"/>
     <w:rsid w:val="00B777C9"/>
     <w:rsid w:val="00B837D3"/>
     <w:rsid w:val="00C34A86"/>
-    <w:rsid w:val="00D2769D"/>
-    <w:rsid w:val="00F0735F"/>
+    <w:rsid w:val="00EA77A3"/>
     <w:rsid w:val="00F853D5"/>
+    <w:rsid w:val="00FE16C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="8193">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="484F7EE9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AFDA8455-285F-44CC-9195-8209D8275CAC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1965,51 +1992,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00675316"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00675316"/>
     <w:rPr>
       <w:rFonts w:ascii="Century" w:eastAsia="BIZ UDP明朝 Medium" w:hAnsi="Century"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2272,73 +2299,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>89</Words>
-  <Characters>510</Characters>
+  <Words>100</Words>
+  <Characters>574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>598</CharactersWithSpaces>
+  <CharactersWithSpaces>673</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Naoko Suzuki</dc:creator>
+  <dc:creator>化学防護手袋研究会</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>